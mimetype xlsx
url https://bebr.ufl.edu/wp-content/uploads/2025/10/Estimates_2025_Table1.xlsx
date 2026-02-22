--- v0 (2025-10-17)
+++ v1 (2026-02-22)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\EDR_Contract_&amp;_Deliverables\2025\Estimates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Estimates\Estimates 2025\Publication\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71EA8E8A-9E2C-4BB7-ABA7-E47A1EA33535}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C11953C6-17E1-42C2-AE46-7D65FFF79267}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-43572" yWindow="252" windowWidth="18888" windowHeight="18204" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="April 1, 2025 BEBR Estimates" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'April 1, 2025 BEBR Estimates'!$A$3:$F$630</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'April 1, 2025 BEBR Estimates'!$3:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="968" uniqueCount="499">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="968" uniqueCount="500">
   <si>
     <t>County, City,</t>
   </si>
   <si>
     <t>less Inmates</t>
   </si>
   <si>
     <t>and State</t>
   </si>
   <si>
     <t>Change</t>
   </si>
   <si>
     <t>Alachua</t>
   </si>
   <si>
     <t>Archer</t>
   </si>
   <si>
     <t>Hawthorne</t>
   </si>
   <si>
     <t>High Springs</t>
   </si>
   <si>
@@ -1525,57 +1525,60 @@
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>Inmate</t>
   </si>
   <si>
     <t>Census</t>
   </si>
   <si>
     <t>** The City of Weeki Wachee was disincorporated on June 9, 2020.</t>
   </si>
   <si>
     <t>* Includes Census corrections as of October 2, 2023.</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t>Estimates of Population by County and City in Florida, 2025</t>
   </si>
   <si>
     <t>2020–2025</t>
   </si>
   <si>
-    <t>Hampton</t>
-[...4 lines deleted...]
-  <si>
     <t>Sources: US Census Bureau (2020 Census) and University of Florida, Bureau of Economic and Business Research (2025 Estimates).</t>
+  </si>
+  <si>
+    <t>Hampton *</t>
+  </si>
+  <si>
+    <t>UNINCORPORATED *</t>
+  </si>
+  <si>
+    <t>Weeki Wachee **</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1693,60 +1696,60 @@
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Style 1" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="61">
     <dxf>
       <font>
         <b/>
         <i/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i/>
       </font>
     </dxf>
@@ -2363,71 +2366,71 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08355FD3-060E-4B6B-9CCC-D09E9A66AA95}">
   <dimension ref="A1:F632"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A598" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="O27" sqref="O27"/>
-      <selection pane="bottomLeft" activeCell="I625" sqref="I625"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="27.54296875" style="5" customWidth="1"/>
     <col min="2" max="3" width="12.6328125" style="3" customWidth="1"/>
     <col min="4" max="6" width="12.6328125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="17" x14ac:dyDescent="0.4">
-      <c r="A1" s="23" t="s">
+      <c r="A1" s="24" t="s">
         <v>494</v>
       </c>
-      <c r="B1" s="23"/>
-[...3 lines deleted...]
-      <c r="F1" s="23"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
     </row>
     <row r="3" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3" s="7"/>
       <c r="F3" s="8" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="9"/>
       <c r="B4" s="10" t="s">
         <v>487</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>487</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>490</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>489</v>
       </c>
@@ -3043,51 +3046,51 @@
         <v>25565</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="1">
         <v>305</v>
       </c>
       <c r="C36" s="1">
         <v>-17</v>
       </c>
       <c r="D36" s="1">
         <v>322</v>
       </c>
       <c r="E36" s="4">
         <v>0</v>
       </c>
       <c r="F36" s="4">
         <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="16" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B37" s="1">
         <v>498</v>
       </c>
       <c r="C37" s="1">
         <v>47</v>
       </c>
       <c r="D37" s="1">
         <v>451</v>
       </c>
       <c r="E37" s="4">
         <v>0</v>
       </c>
       <c r="F37" s="4">
         <v>498</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B38" s="1">
         <v>708</v>
       </c>
       <c r="C38" s="1">
@@ -3103,51 +3106,51 @@
         <v>708</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="1">
         <v>6174</v>
       </c>
       <c r="C39" s="1">
         <v>378</v>
       </c>
       <c r="D39" s="1">
         <v>5796</v>
       </c>
       <c r="E39" s="4">
         <v>12</v>
       </c>
       <c r="F39" s="4">
         <v>6162</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="16" t="s">
-        <v>15</v>
+        <v>498</v>
       </c>
       <c r="B40" s="1">
         <v>19983</v>
       </c>
       <c r="C40" s="1">
         <v>-1115</v>
       </c>
       <c r="D40" s="1">
         <v>21098</v>
       </c>
       <c r="E40" s="4">
         <v>2091</v>
       </c>
       <c r="F40" s="4">
         <v>17892</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="3" t="s">
@@ -6383,51 +6386,51 @@
         <v>212416</v>
       </c>
     </row>
     <row r="203" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A203" s="16" t="s">
         <v>119</v>
       </c>
       <c r="B203" s="1">
         <v>10142</v>
       </c>
       <c r="C203" s="1">
         <v>1252</v>
       </c>
       <c r="D203" s="1">
         <v>8890</v>
       </c>
       <c r="E203" s="4">
         <v>0</v>
       </c>
       <c r="F203" s="4">
         <v>10142</v>
       </c>
     </row>
     <row r="204" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A204" s="16" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B204" s="1">
         <v>0</v>
       </c>
       <c r="C204" s="1">
         <v>-16</v>
       </c>
       <c r="D204" s="1">
         <v>16</v>
       </c>
       <c r="E204" s="4">
         <v>0</v>
       </c>
       <c r="F204" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A205" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B205" s="1">
         <v>202707</v>
       </c>
       <c r="C205" s="1">
@@ -14833,87 +14836,87 @@
         <v>11677713</v>
       </c>
     </row>
     <row r="626" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A626" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B626" s="3">
         <v>11682836</v>
       </c>
       <c r="C626" s="3">
         <v>976422</v>
       </c>
       <c r="D626" s="3">
         <v>10706414</v>
       </c>
       <c r="E626" s="3">
         <v>91397</v>
       </c>
       <c r="F626" s="3">
         <v>11591439</v>
       </c>
     </row>
     <row r="627" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A627" s="20"/>
-      <c r="B627" s="26"/>
-[...3 lines deleted...]
-      <c r="F627" s="26"/>
+      <c r="B627" s="23"/>
+      <c r="C627" s="23"/>
+      <c r="D627" s="23"/>
+      <c r="E627" s="23"/>
+      <c r="F627" s="23"/>
     </row>
     <row r="628" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A628" s="21" t="s">
         <v>493</v>
       </c>
       <c r="D628" s="3"/>
       <c r="E628" s="3"/>
       <c r="F628" s="3"/>
     </row>
     <row r="629" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A629" s="22" t="s">
         <v>492</v>
       </c>
       <c r="D629" s="3"/>
       <c r="E629" s="3"/>
       <c r="F629" s="3"/>
     </row>
     <row r="630" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A630" s="22" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="631" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="632" spans="1:6" ht="26" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A632" s="24" t="s">
-[...6 lines deleted...]
-      <c r="F632" s="25"/>
+      <c r="A632" s="25" t="s">
+        <v>496</v>
+      </c>
+      <c r="B632" s="26"/>
+      <c r="C632" s="26"/>
+      <c r="D632" s="26"/>
+      <c r="E632" s="26"/>
+      <c r="F632" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A632:F632"/>
   </mergeCells>
   <conditionalFormatting sqref="B63:B89">
     <cfRule type="expression" dxfId="60" priority="277" stopIfTrue="1">
       <formula>NOT(ISERROR(SEARCH("County",B63)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B344:B360">
     <cfRule type="expression" dxfId="59" priority="146" stopIfTrue="1">
       <formula>NOT(ISERROR(SEARCH("County",B344)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:C23">
     <cfRule type="expression" dxfId="58" priority="150" stopIfTrue="1">
       <formula>NOT(ISERROR(SEARCH("County",B8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:C33">
     <cfRule type="expression" dxfId="57" priority="152" stopIfTrue="1">
       <formula>NOT(ISERROR(SEARCH("County",B25)))</formula>
     </cfRule>